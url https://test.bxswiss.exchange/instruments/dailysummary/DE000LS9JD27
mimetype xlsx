--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e04e612fd4042b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b35dd3c09e84ad6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34a595c9e2924fd5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f8970f889af4cb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48b5cc75c27e40c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34a595c9e2924fd5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd936bf570dc143ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f8970f889af4cb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Einstein</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JD27</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>900,620</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>888,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>887,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>904,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>906,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>913,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>903,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>920,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>900,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>905,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>898,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>891,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>878,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>894,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>875,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>890,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>882,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>859,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>867,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>873,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>870,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>861,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>866,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>851,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>864,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>886,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>871,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>884,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>889,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>874,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>883,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>879,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>881,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>858,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>862,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>