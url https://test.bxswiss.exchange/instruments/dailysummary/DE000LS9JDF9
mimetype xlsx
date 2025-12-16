--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re713f65efa6a4602" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd2d87301c7749c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd04f83ae1c0c43a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eccf56c272145eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R953d7784599843f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd04f83ae1c0c43a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fc06a60bfc640b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eccf56c272145eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge-Strategie Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>172,162</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>