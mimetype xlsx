--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd2d87301c7749c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re165db12f2884498" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eccf56c272145eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d21f4ff44034d7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fc06a60bfc640b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eccf56c272145eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3b386fb871b4c3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d21f4ff44034d7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendfolge-Strategie Aktienwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDF9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>