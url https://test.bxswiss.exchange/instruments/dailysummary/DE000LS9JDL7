--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1eaffc5446194108" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra03fe2fd95b24be7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red15d10c93fb49bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd41ae5313aa4a29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R916585e07fe946f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red15d10c93fb49bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R074bf53650c74d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd41ae5313aa4a29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>272,878</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>