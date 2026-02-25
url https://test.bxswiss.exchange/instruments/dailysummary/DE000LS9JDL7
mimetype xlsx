--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra03fe2fd95b24be7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90921f4a8ffa4621" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd41ae5313aa4a29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2435e96b7b084eb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R074bf53650c74d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd41ae5313aa4a29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R145a22d806a04b68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2435e96b7b084eb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDL7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>283,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>280,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>