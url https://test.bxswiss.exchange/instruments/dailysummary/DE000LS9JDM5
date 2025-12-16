--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8fc35989d76d4673" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73b70ad11e624156" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ecef0b3c6514b04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a0d191055674ee2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade2087eb6e34d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ecef0b3c6514b04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56240f8134804ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a0d191055674ee2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum und Aufholpotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>73,561</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>