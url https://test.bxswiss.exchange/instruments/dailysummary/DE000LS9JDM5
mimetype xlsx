--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R73b70ad11e624156" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0627f0efb12f43cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a0d191055674ee2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b35096cb2114230"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56240f8134804ee7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a0d191055674ee2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ec4bce644d34e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b35096cb2114230" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum und Aufholpotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDM5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>64,830</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,065</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...150 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,904</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>