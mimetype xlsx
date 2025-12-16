--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R346e0f251ea5450b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R311a3f94107d4dce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad631eef8b3e477f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06641b69848b4a37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77da806379734572" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad631eef8b3e477f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22e13690a26c44a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06641b69848b4a37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>langweilige Dauerläufer 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JDV6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>177,021</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>