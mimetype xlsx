--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ce4ccb4345d4aa7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dda4aa5241c49f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54fd467115d5408f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1bf707aa185e43e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40595fbf60da4bc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54fd467115d5408f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R907b39f7100a4f74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1bf707aa185e43e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenwerte mit Profil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEA8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,062</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>127,495</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>