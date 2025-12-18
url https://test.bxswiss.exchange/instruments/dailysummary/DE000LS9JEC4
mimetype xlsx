--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda1ebcc140c140d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad7e34affbe74b0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e062fa2bbe14f59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c59b91f02fe448c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba06b66ecbd3434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e062fa2bbe14f59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7fe570070164562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c59b91f02fe448c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest Golden Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>319,409</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>