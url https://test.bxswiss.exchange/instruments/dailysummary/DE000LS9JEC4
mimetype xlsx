--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad7e34affbe74b0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R094e243be3dd4dd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c59b91f02fe448c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb30b07bd2e5c4916"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7fe570070164562" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c59b91f02fe448c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2caa20450bb4fb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb30b07bd2e5c4916" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Odin Invest Golden Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>383,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>380,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>382,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>378,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>381,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>