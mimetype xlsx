--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48b88e85205b4618" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdef2f240e9ec4532" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R846d8e28125f4363"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a9f278df7ed40af"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R805b452fcaa7472a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R846d8e28125f4363" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red00655ea53a4d52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a9f278df7ed40af" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PS-Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>162,770</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>