--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdef2f240e9ec4532" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2944874696d46fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a9f278df7ed40af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b09c376a26b40bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red00655ea53a4d52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a9f278df7ed40af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R429d442b1e0c4003" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b09c376a26b40bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PS-Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...539 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>169,566</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>169,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,544</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>