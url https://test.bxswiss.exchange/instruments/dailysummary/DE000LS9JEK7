--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6018d190baa441ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9b7460a72044010" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R904e298893a348a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0be7155afde4eca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7883b6887446414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R904e298893a348a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb302b90813f4bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0be7155afde4eca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Germany TOP Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>201,828</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>