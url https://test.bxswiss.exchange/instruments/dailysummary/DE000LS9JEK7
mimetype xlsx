--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9b7460a72044010" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76a535e680834b6e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0be7155afde4eca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R308d70508cad48c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb302b90813f4bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0be7155afde4eca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0432adc013e140b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R308d70508cad48c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Germany TOP Select</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,838</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>