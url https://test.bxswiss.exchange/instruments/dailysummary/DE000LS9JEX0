--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36df19f3b3874b97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R526681fa3b254529" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41a01ff3d22d48d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3049cbd6028f4e1a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f6ed66a407f4f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41a01ff3d22d48d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde433052bbea46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3049cbd6028f4e1a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grüne Energiewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>8,304</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>