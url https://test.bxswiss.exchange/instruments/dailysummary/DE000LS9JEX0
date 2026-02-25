--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R526681fa3b254529" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45bd5b94b0674881" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3049cbd6028f4e1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R834526ea40c74c58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde433052bbea46d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3049cbd6028f4e1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51306e0e770748ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R834526ea40c74c58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grüne Energiewerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>10,152</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,019</x:t>
-[...264 lines deleted...]
-          <x:t>10,657</x:t>
+          <x:t>9,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,955</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,000</x:t>
-[...9 lines deleted...]
-          <x:t>10,731</x:t>
+          <x:t>11,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>