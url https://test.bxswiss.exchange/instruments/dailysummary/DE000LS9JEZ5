--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R888486d0456342f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e349eac18df44b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87b946da05144b74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5166c04d0bc74d7a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7a964dc4cff4b40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87b946da05144b74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84544121117841de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5166c04d0bc74d7a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EFKR 30 zu 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>196,994</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,712</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>199,468</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>