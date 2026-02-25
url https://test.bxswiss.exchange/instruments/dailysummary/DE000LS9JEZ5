--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e349eac18df44b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f4aa9b1d7ca4ee7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5166c04d0bc74d7a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca1f84daff56443e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84544121117841de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5166c04d0bc74d7a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79961c03ee8a4f4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca1f84daff56443e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EFKR 30 zu 10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JEZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,677</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,863</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>