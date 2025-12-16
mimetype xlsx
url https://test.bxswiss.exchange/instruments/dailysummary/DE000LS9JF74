--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07775aecab7a4659" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5df9e0af392b4de2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfca98e5e1928494e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21ac327962164a62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63aa2cc0bb634b51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfca98e5e1928494e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bf2db7b50044a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21ac327962164a62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoffwerte A-Z</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JF74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>189,921</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>