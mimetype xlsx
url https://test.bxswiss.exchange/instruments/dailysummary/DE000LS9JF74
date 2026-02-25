--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5df9e0af392b4de2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf120f7dd0ed344e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21ac327962164a62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f08e6e2c15f4059"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bf2db7b50044a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21ac327962164a62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra804336b2d8444ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f08e6e2c15f4059" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rohstoffwerte A-Z</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JF74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>