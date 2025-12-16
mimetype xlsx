--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfede6e7307644d96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re798d30fb8dd4ab0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7037387fc444749"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47265e5df687474c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42949d88d67f43fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7037387fc444749" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e4283031afa4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47265e5df687474c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Zukunftsmix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>626,974</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>649,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>651,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>602,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>584,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>