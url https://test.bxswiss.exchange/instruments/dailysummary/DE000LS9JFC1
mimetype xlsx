--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re798d30fb8dd4ab0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34a35ccaad8a4146" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47265e5df687474c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3a9fadb21874532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e4283031afa4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47265e5df687474c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd52632a6a06845e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3a9fadb21874532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Der Zukunftsmix</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>586,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>590,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>583,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>585,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>588,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>592,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>609,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>610,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>607,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,616</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>