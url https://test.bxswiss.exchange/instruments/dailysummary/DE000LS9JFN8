--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99566460bcd94690" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb256fa421e84a4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c7173cbe3934732"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad9043d9bb144708"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0364b7b2521946ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c7173cbe3934732" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77883e3793794fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad9043d9bb144708" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L.a.S. Einfach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>506,092</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>