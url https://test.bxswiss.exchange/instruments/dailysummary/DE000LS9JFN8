--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb256fa421e84a4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7da7fabb5d0d4640" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad9043d9bb144708"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R061a03e3963d4618"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77883e3793794fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad9043d9bb144708" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca21b4a436c44c2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R061a03e3963d4618" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>L.a.S. Einfach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>445,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>492,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>502,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>503,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>497,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>496,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>501,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>499,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>