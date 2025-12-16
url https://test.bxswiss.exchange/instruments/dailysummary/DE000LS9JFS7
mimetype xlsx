--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdaa563897ad4ecb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52cf7b98ce724c87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93cea7c8a7154fc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98378a6afcf04570"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a77aee43d4c43c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93cea7c8a7154fc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refa02f298f7f4fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98378a6afcf04570" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SMT Best 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,869</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>89,852</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,878</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,019</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>90,152</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,063</x:t>
-[...281 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>90,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,296</x:t>
-[...63 lines deleted...]
-          <x:t>90,264</x:t>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>