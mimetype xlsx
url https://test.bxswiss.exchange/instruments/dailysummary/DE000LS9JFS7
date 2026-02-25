--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52cf7b98ce724c87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46de7e25a5f64709" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98378a6afcf04570"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae02ed26b9ce44cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refa02f298f7f4fac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98378a6afcf04570" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4cbb7666def4a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae02ed26b9ce44cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>SMT Best 20</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFS7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>89,599</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,453</x:t>
-[...458 lines deleted...]
-          <x:t>90,035</x:t>
+          <x:t>89,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>