--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb69a462f11fb4636" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40fba3bc45eb4240" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dcb50413b8f4553"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb06348893354076"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5676eb3c4b240a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dcb50413b8f4553" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddd0cdd963784e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb06348893354076" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Dividendenperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>216,347</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,993</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>