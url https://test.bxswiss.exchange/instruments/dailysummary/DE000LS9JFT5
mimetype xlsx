--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40fba3bc45eb4240" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac6994608a7949bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb06348893354076"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03778e15893a45b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddd0cdd963784e10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb06348893354076" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb02cd6e3286b4e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03778e15893a45b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Europäische Dividendenperlen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>224,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>223,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>