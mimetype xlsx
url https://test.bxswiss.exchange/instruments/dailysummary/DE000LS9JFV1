--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f618f551e54b1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f60d3bfca2b484b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfb50b826d5f4b98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b1b4fd35ac4d58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3fab6db69da44e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfb50b826d5f4b98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dc1b9cfebc14356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b1b4fd35ac4d58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HTLANGZEIT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,491</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>87,474</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,637</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>87,848</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,653</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>87,876</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>