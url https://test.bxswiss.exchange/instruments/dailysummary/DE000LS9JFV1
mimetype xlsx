--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f60d3bfca2b484b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0c86db8687c4d5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b1b4fd35ac4d58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcd90b54f06b4ae3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dc1b9cfebc14356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b1b4fd35ac4d58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R888a93ac49a3484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcd90b54f06b4ae3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>HTLANGZEIT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFV1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>87,228</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,086</x:t>
-[...458 lines deleted...]
-          <x:t>87,653</x:t>
+          <x:t>87,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,174</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>