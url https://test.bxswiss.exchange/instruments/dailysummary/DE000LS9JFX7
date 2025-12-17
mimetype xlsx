--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dca9b09644a4eaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2010682341b44604" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d07d1f5a0854ebe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62dc1d2aee844f2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc9b0679893d4fba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d07d1f5a0854ebe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf0d1b9855ec432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62dc1d2aee844f2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmenswerte mit Profil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>138,462</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,745</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>138,125</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,712</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>