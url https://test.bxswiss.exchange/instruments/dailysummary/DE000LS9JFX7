--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2010682341b44604" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redc9dac0b8b84226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62dc1d2aee844f2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R534aa99b34364b9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf0d1b9855ec432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62dc1d2aee844f2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65c0ee35d307417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R534aa99b34364b9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unternehmenswerte mit Profil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JFX7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>136,978</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,243</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>139,200</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>139,189</x:t>
-[...274 lines deleted...]
-          <x:t>138,712</x:t>
+          <x:t>140,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,722</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>