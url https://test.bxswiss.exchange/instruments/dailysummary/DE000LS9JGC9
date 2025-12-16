--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd383c8d148f4414c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd98030dce99c4a04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb628d41ba31d4894"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfdfb0e19a1346e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4fd9f4ff3b74f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb628d41ba31d4894" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf15d1dafc3a74953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfdfb0e19a1346e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EURO Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>221,847</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>