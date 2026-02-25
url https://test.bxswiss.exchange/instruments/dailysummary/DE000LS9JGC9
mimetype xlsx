--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd98030dce99c4a04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23616ab66f3646f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfdfb0e19a1346e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R531067e8f55b4dec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf15d1dafc3a74953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfdfb0e19a1346e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf8d618ebcfc4444" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R531067e8f55b4dec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>EURO Banken</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGC9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>