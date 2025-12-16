--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94a8986b22e942ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R562aeedd93ee4335" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfdf78f80571843cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re974f8ebd0d34572"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdb48c8be4f44755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfdf78f80571843cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R515c94184a4146bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re974f8ebd0d34572" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in 3D-Druck Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>102,252</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>