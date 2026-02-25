--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R562aeedd93ee4335" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0d8b4bfa1494d82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re974f8ebd0d34572"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R613f86e2ffa34632"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R515c94184a4146bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re974f8ebd0d34572" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a41858d18624145" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R613f86e2ffa34632" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Investment in 3D-Druck Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,874</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>