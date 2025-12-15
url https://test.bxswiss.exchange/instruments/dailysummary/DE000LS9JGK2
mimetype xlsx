--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b75c626ce304e4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a1033693e74ef7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75df9befa06e4c0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R412a4aca939140fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1435e0df3db44a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75df9befa06e4c0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9a0ba7132224b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R412a4aca939140fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum^4</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>398,305</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,923</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>