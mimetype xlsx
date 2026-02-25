--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a1033693e74ef7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a3da78fefeb4228" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R412a4aca939140fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2cd6ef9262234501"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9a0ba7132224b1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R412a4aca939140fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd69d9c895144965" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2cd6ef9262234501" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Momentum^4</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JGK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>395,923</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>