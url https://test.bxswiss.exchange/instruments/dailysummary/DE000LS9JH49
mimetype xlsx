--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc6235f76ff44b46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac04c5ee2dcb4c9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac8028ee66fe4eee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67d3f339e8724351"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd659ab0b135046ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac8028ee66fe4eee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd290a7607bd455b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67d3f339e8724351" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solide, Langfristig &amp; Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>231,062</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>