--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac04c5ee2dcb4c9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3331b13364e94948" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67d3f339e8724351"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84b2065f32b44ea7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd290a7607bd455b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67d3f339e8724351" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R560dbb77c9cb4a68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84b2065f32b44ea7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Solide, Langfristig &amp; Dividenden</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH49</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>242,694</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>242,273</x:t>
-[...269 lines deleted...]
-          <x:t>240,434</x:t>
+          <x:t>241,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,392</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>