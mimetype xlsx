--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3d1571313fd74583" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d62a51dc0e49d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4064f2a5aa704fd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R943b2d5aa92642fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26eddc8e771d44b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4064f2a5aa704fd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc87fc41d5cdc4eee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R943b2d5aa92642fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenperlen Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>124,345</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,635</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...424 lines deleted...]
-          <x:t>124,891</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>