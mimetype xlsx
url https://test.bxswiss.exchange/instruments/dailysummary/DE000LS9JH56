--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8d62a51dc0e49d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b9305adedca4aa6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R943b2d5aa92642fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a76900f425648b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc87fc41d5cdc4eee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R943b2d5aa92642fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe0941949c464dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a76900f425648b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenperlen Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH56</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>124,387</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,179</x:t>
-[...323 lines deleted...]
-          <x:t>124,862</x:t>
+          <x:t>123,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>