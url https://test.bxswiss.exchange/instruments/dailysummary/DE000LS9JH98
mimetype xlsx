--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2c0742a07714ede" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c4f918226cb44a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a7f39260303408b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f433ee80444e7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31ca108becab4d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a7f39260303408b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c6f23d58383417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f433ee80444e7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,821</x:t>
-[...26 lines deleted...]
-          <x:t>129,840</x:t>
+          <x:t>129,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,551</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>129,881</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,304</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>