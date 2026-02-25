--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c4f918226cb44a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb358fb32cde34e34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2f433ee80444e7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09d9e46709aa4430"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c6f23d58383417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2f433ee80444e7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33300141b9d74a0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09d9e46709aa4430" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gold Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JH98</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>128,923</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,714</x:t>
-[...512 lines deleted...]
-          <x:t>129,304</x:t>
+          <x:t>128,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>