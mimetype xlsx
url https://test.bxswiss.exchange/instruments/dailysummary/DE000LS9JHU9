--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf642b37241204d61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdf8f573c5504b13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18bd1a08e8d54f92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5121073adb444c90"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra252bda106d84c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18bd1a08e8d54f92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff35ecd6e854f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5121073adb444c90" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Erholung nach dem Fall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JHU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>126,245</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,804</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>