--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdf8f573c5504b13" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c08228d91134b92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5121073adb444c90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09c37324a894430d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfff35ecd6e854f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5121073adb444c90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re683bc97480e46ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09c37324a894430d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die Erholung nach dem Fall</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JHU9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,766</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>