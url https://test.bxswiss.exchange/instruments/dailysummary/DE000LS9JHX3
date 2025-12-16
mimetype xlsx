--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc180be3a1a1e463a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37b30f87aafa49ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40d5eb1ff5a24445"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ade583befa34ff5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8ee712390c247aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40d5eb1ff5a24445" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43c4d04169de4e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ade583befa34ff5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AK - DAX WERTE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JHX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>10.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,472</x:t>
-[...48 lines deleted...]
-          <x:t>83,406</x:t>
+          <x:t>83,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,325</x:t>
-[...53 lines deleted...]
-          <x:t>83,215</x:t>
+          <x:t>83,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,197</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,540</x:t>
-[...63 lines deleted...]
-          <x:t>83,511</x:t>
+          <x:t>83,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>