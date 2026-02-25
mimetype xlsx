--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37b30f87aafa49ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e43dc01612a41e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ade583befa34ff5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf000994c2ce74ac9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43c4d04169de4e14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ade583befa34ff5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca1224db803e4efa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf000994c2ce74ac9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AK - DAX WERTE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JHX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>82,895</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,760</x:t>
-[...458 lines deleted...]
-          <x:t>83,298</x:t>
+          <x:t>82,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,843</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>