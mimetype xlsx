--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R026b6bfb70ba4b88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e7f15516b4e4cc0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17219f6457a44741"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra79446247c9d4117"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4fd6d2fdd254193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17219f6457a44741" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe0028d3d3864b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra79446247c9d4117" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lazarus2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>138,676</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>