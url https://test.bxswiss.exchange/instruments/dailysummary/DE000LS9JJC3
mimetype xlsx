--- v1 (2025-12-18)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e7f15516b4e4cc0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a65ac3e196945be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra79446247c9d4117"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fe659777e494c6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe0028d3d3864b6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra79446247c9d4117" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f881d2478934bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fe659777e494c6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lazarus2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJC3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,135</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +224,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>