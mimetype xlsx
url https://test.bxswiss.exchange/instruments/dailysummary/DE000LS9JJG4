--- v0 (2025-10-04)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39e9d2c0c86842d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad634bbac13f4948" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2ecec88c2f44c50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84472d7d7f0d42be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2189b27218764831" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2ecec88c2f44c50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R096efd09857e4b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84472d7d7f0d42be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech- und Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>155,816</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,561</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>157,411</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>