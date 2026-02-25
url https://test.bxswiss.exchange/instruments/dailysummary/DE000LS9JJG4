--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad634bbac13f4948" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re22b9de685634da8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84472d7d7f0d42be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3da2ee9228204b2b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R096efd09857e4b8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84472d7d7f0d42be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79a5cec32f6f4cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3da2ee9228204b2b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tech- und Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJG4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,263</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>