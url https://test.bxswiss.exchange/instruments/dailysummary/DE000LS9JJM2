--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda410ad349514047" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20946959c5a84e9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R03f6716ac67c406b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0221d88360944291"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13a5efecb9674556" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R03f6716ac67c406b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R471feb34547746ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0221d88360944291" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Random-Walk-Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>168,857</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>