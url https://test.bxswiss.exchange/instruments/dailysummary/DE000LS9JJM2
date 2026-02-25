--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20946959c5a84e9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2e7050d99140f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0221d88360944291"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R220bca5842124e43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R471feb34547746ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0221d88360944291" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ccaeac57c1243e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R220bca5842124e43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Random-Walk-Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JJM2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,373</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>