--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3c8c87a6cdc459a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85f6487520644f82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R189240de11f74fea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42ed9499a3b24e49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb32dbabd69404388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R189240de11f74fea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3d16b83401c499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42ed9499a3b24e49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALERA 222 Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>302,534</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>