--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85f6487520644f82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f697e42a54e49b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42ed9499a3b24e49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40dedab08a06481c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3d16b83401c499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42ed9499a3b24e49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf204c79f0f4141d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40dedab08a06481c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ALERA 222 Value Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK10</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>300,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>