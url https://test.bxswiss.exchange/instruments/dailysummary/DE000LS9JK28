--- v0 (2025-10-02)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6a27ed6c8c94f17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re51ea460c5d9468b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ebb95030ab4498a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4045839ac604d82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafa488c54fa3411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ebb95030ab4498a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2575fab39f334d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4045839ac604d82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TR's Investment in Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...608 lines deleted...]
-          <x:t>252,183</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>254,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>