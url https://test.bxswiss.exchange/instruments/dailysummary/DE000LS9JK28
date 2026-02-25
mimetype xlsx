--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re51ea460c5d9468b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76c28cd4d27846fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4045839ac604d82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4675957c1cc044b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2575fab39f334d9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4045839ac604d82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91d54973056c49eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4675957c1cc044b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TR's Investment in Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK28</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>258,131</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>258,027</x:t>
-[...323 lines deleted...]
-          <x:t>253,352</x:t>
+          <x:t>258,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>