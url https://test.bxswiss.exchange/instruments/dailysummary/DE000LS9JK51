--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb20f6e28be374327" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf862985eccd544ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1391c1b1a82c4129"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88ce4e584311410c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3262d05f13924f05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1391c1b1a82c4129" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R162b7490e71a4fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88ce4e584311410c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Aktienwerte Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>228,311</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>