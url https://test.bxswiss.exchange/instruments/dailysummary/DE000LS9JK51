--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf862985eccd544ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ab69c4307f54572" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88ce4e584311410c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28c0075872ed49cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R162b7490e71a4fe7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88ce4e584311410c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0d6e5e40e504a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28c0075872ed49cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Aktienwerte Weltweit</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...500 lines deleted...]
-          <x:t>227,890</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>228,232</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...73 lines deleted...]
-          <x:t>227,835</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>