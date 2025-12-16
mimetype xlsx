--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa663233044d44c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5488743866a14dc8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02b30a0be493437f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf27da993c3864192"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra335c36296174fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02b30a0be493437f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re49ed26d450e4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf27da993c3864192" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy and Hold Great Companies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>461,475</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,487</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>