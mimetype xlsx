--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5488743866a14dc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8b15736234e42fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf27da993c3864192"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R926002ff61264728"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re49ed26d450e4b63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf27da993c3864192" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d0d9433bb3046b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R926002ff61264728" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Buy and Hold Great Companies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JK77</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>439,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>436,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>451,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>