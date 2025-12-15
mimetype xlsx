--- v0 (2025-10-01)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R942354503b914a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R056ff5a3bee84ede" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76bc2dccafe34edd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R480fd11f7d9a41e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R116eb0796f6a461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76bc2dccafe34edd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94ca5f8467b247f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R480fd11f7d9a41e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chip Dividenden LT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>125,368</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>