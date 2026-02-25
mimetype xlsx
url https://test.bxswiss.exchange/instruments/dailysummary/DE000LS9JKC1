--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R056ff5a3bee84ede" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeaeb001f7ac43b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R480fd11f7d9a41e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8a334098332408b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94ca5f8467b247f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R480fd11f7d9a41e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d3951cb59af4d1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8a334098332408b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Blue Chip Dividenden LT</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKC1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>132,030</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,321</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>