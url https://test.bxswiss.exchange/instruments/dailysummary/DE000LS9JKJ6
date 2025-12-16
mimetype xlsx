--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cfdc0972a6d47bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcacbc61be902430e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b83934f2c8d4e55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11e0eda4303749f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8d1ebd2e1a74097" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b83934f2c8d4e55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R987c6a1c155d4e96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11e0eda4303749f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Kopf und Bauch</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JKJ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>591,198</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>577,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>581,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>583,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>578,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,034</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>