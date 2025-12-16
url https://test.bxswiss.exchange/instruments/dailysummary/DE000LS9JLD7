--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35f551a921d94d96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dd2318b95604e55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf026d076cde94a3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05a660eacfd342c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ea1e3646218428e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf026d076cde94a3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11c1e238f6da4051" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05a660eacfd342c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Best of Germany</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLD7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>97,783</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,978</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>