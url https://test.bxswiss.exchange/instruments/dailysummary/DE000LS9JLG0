--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc0ef08924494cb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47579886f1c34273" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re30f913ecba94a1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R805d417228fd47a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra689123a18534525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re30f913ecba94a1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33e79e51c9e8437b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R805d417228fd47a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Bargain Hunter</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLG0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>287,994</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>