--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46a6124872174be3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53463226bfc346cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f1765afe5d142b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8efb175d3cb845a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68039c2890c04a73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f1765afe5d142b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fe4d31bb3b643cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8efb175d3cb845a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...495 lines deleted...]
-          <x:t>302,606</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,219</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>301,816</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,891</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>