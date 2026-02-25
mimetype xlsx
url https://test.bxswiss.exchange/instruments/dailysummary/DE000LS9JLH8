--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53463226bfc346cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcddfffc9562743b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8efb175d3cb845a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf987549a809e43b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fe4d31bb3b643cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8efb175d3cb845a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra23e6974c58d4ada" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf987549a809e43b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLH8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...365 lines deleted...]
-          <x:t>296,471</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,567</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>291,891</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>