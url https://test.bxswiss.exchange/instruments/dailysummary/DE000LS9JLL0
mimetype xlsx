--- v0 (2025-10-02)
+++ v1 (2025-12-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd90fb2a5e83944a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748aadbbf3204735" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R754a71e28bbe49a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79288c2012c24c5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bf5dced08894c3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R754a71e28bbe49a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67de3460972343d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79288c2012c24c5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuer Megatrend "Fracking"</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>124,624</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>