--- v1 (2025-12-15)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R748aadbbf3204735" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R022a25416f994d23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79288c2012c24c5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42a7197df3414ab5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67de3460972343d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79288c2012c24c5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58d5079987a54e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42a7197df3414ab5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Neuer Megatrend "Fracking"</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JLL0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>139,961</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>