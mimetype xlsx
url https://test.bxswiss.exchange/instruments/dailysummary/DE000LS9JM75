--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88ee8e70e4e3459c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac7540dbea124d25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f29078eb0ca4e0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcab1ee31c2914c31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R477eb9dffe27405a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f29078eb0ca4e0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R572e58743ecc42b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcab1ee31c2914c31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Versicherungswerte Global 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JM75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>289,923</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>284,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>285,194</x:t>
-[...485 lines deleted...]
-          <x:t>289,640</x:t>
+          <x:t>288,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>