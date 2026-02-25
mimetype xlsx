--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac7540dbea124d25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6fe61e940444165" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcab1ee31c2914c31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R457686f7eeff497e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R572e58743ecc42b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcab1ee31c2914c31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3430d4c800094156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R457686f7eeff497e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Versicherungswerte Global 2016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JM75</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>292,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>