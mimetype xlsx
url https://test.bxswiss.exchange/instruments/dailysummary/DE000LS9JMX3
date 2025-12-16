--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fcd6d55aef24895" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59aa02b54df7405a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R305ca69765c14ea5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a979f5fceb7486c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10ac036a7ff64580" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R305ca69765c14ea5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra41d7ca48abb454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a979f5fceb7486c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte - Abonkow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JMX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>214,093</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>213,463</x:t>
-[...377 lines deleted...]
-          <x:t>214,209</x:t>
+          <x:t>212,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>