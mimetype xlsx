--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59aa02b54df7405a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf96b00d985c4b4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a979f5fceb7486c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c5a3792f8c34812"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra41d7ca48abb454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a979f5fceb7486c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9b353bc90344f6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c5a3792f8c34812" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte - Abonkow</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JMX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>