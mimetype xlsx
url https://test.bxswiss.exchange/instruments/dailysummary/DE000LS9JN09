--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcae5c4ba677947f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad08262b895e47a4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37659d6b78bd49da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R390a9ebc9c0a4540"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R455a76977ea74d32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37659d6b78bd49da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re22ffd91b6654adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R390a9ebc9c0a4540" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silber Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JN09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,914</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>10.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,099</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>115,366</x:t>
-[...26 lines deleted...]
-          <x:t>115,382</x:t>
+          <x:t>114,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,126</x:t>
-        </x:is>
-[...381 lines deleted...]
-          <x:t>115,418</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>