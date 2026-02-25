--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad08262b895e47a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb44cfbe7361c428c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R390a9ebc9c0a4540"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ebdf1f58d94422"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re22ffd91b6654adf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R390a9ebc9c0a4540" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e8df75eb994935" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ebdf1f58d94422" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Silber Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JN09</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>114,568</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,382</x:t>
-[...458 lines deleted...]
-          <x:t>115,126</x:t>
+          <x:t>114,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>