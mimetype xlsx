--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0cca97df4014542" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2badc703eeec42eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d39d6d89a2c4c0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd5ca56247d84451"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49fb831a999a4c94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d39d6d89a2c4c0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da58024e5994490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd5ca56247d84451" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Outperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>117,305</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>