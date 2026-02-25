--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2badc703eeec42eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R304d0f27be84494f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd5ca56247d84451"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fa9c6d5c2ea4b45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5da58024e5994490" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd5ca56247d84451" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f9b792250f84c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fa9c6d5c2ea4b45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Outperformer</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...441 lines deleted...]
-          <x:t>113,472</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,075</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>112,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>