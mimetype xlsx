--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3653297ab26944ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8200957bd3e5469b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4d66b385511410a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36b3e189ee9b4e19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93b66a99e5ee42ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4d66b385511410a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbab5269150694828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36b3e189ee9b4e19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Data + Fintech-Profiteure</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JND3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>185,338</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>