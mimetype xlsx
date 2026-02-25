--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8200957bd3e5469b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbc562f7eaf04be5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36b3e189ee9b4e19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce58769cd47546f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbab5269150694828" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36b3e189ee9b4e19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ee1732afb2247f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce58769cd47546f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Big Data + Fintech-Profiteure</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JND3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>177,242</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>176,533</x:t>
-[...269 lines deleted...]
-          <x:t>181,127</x:t>
+          <x:t>178,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>