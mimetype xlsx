--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raef427dc65094acf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R544f9e8f37df47fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac228c4ea1514f1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bf1886d782f4b8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c6939ac53054d46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac228c4ea1514f1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a574a09df074766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bf1886d782f4b8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest in Switzerland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>105,754</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,379</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>104,662</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,572</x:t>
-[...409 lines deleted...]
-          <x:t>102,986</x:t>
+          <x:t>104,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>