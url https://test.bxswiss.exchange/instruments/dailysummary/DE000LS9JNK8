--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R544f9e8f37df47fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3967e6aac414ed4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bf1886d782f4b8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bc095bccb7c485b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a574a09df074766" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bf1886d782f4b8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0e61cbcbb3948d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bc095bccb7c485b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invest in Switzerland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNK8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,914</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>