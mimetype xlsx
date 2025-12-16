--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ed0f0b78d384315" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raef87fa7359c4c0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29ba708576ec451a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddaae59fd1614d85"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra86844686f1440a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29ba708576ec451a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R210429d229f640bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddaae59fd1614d85" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Infinite German Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>147,280</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>146,958</x:t>
-[...566 lines deleted...]
-          <x:t>144,012</x:t>
+          <x:t>145,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>