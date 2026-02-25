--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raef87fa7359c4c0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67db0cbb135c4445" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddaae59fd1614d85"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0668b1463de543f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R210429d229f640bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddaae59fd1614d85" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc225dcd20a7f441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0668b1463de543f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Infinite German Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNL6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>