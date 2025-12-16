--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5d88cca2c2b34e49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc709c2f521fc4bf4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaf139dcc2234e70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb11c2aa426fa4b37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b553eff5f64fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaf139dcc2234e70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R079c418402914cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb11c2aa426fa4b37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Mixed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>220,259</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>