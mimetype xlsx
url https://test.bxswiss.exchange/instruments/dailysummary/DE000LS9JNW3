--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc709c2f521fc4bf4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c9ee6bab13240b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb11c2aa426fa4b37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ca0f93ead4f4d50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R079c418402914cdc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb11c2aa426fa4b37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R265e97c241b34aee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ca0f93ead4f4d50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Longterm Mixed</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNW3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>