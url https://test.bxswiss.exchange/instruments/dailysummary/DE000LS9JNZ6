--- v0 (2025-10-02)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d1f9540594f4261" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5179dc3c8ed04625" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5affb8cab28940b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R899a68c7c5d844f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0df113c1cea34fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5affb8cab28940b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1eef28416244f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R899a68c7c5d844f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LOW-10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...608 lines deleted...]
-          <x:t>101,411</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>