--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5179dc3c8ed04625" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326c35a522784715" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R899a68c7c5d844f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R656d107417304c95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1eef28416244f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R899a68c7c5d844f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4407852bfc7e429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R656d107417304c95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LOW-10</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JNZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>105,263</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,308</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>105,258</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>