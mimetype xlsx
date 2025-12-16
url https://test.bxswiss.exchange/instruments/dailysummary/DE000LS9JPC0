--- v0 (2025-10-01)
+++ v1 (2025-12-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra364da5230fb42f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0356b1c310c84d07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R100f420f69c74bb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9104bb2f67624103"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b814ef834274d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R100f420f69c74bb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b63a88bec2741e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9104bb2f67624103" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalInvestPotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>197,556</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>