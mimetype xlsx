--- v1 (2025-12-16)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0356b1c310c84d07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827bc9e334e244ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9104bb2f67624103"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1fbd8206a044fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b63a88bec2741e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9104bb2f67624103" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racb003aa49ca4cb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1fbd8206a044fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GlobalInvestPotential</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.11.2025</x:t>
-[...247 lines deleted...]
-          <x:t>196,294</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,746</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>195,657</x:t>
-[...328 lines deleted...]
-          <x:t>200,905</x:t>
+          <x:t>193,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>