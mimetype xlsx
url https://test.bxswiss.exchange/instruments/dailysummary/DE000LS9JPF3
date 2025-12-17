--- v0 (2025-10-01)
+++ v1 (2025-12-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18e9e4383a4d468e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f675bb442d540bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R223e93ac2a2645df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R659b8d12ea984803"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca9fe78829454b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R223e93ac2a2645df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R136c2b77e9324ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R659b8d12ea984803" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordamerika Dividendenstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>294,509</x:t>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>