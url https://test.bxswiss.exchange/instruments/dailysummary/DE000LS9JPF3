--- v1 (2025-12-17)
+++ v2 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f675bb442d540bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R635cc0b9f20443b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R659b8d12ea984803"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb45f1e3549724b44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R136c2b77e9324ad6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R659b8d12ea984803" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red6b5a8dbc8c4dff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb45f1e3549724b44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nordamerika Dividendenstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9JPF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,094</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>308,721</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,102</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,987</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>